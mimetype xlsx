--- v0 (2025-10-19)
+++ v1 (2026-03-17)
@@ -8,109 +8,647 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Для Садов" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+  <si>
+    <t>Четверг</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
+  </si>
+  <si>
+    <t>Время приёма</t>
+  </si>
+  <si>
+    <t>Название</t>
+  </si>
+  <si>
+    <t>Ккал</t>
+  </si>
+  <si>
+    <t>Белки</t>
+  </si>
+  <si>
+    <t>Жиры</t>
+  </si>
+  <si>
+    <t>Углеводы</t>
+  </si>
+  <si>
+    <t>Состав</t>
+  </si>
+  <si>
+    <t>Завтрак</t>
+  </si>
+  <si>
+    <t>Запеканка с изюмом</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 </t>
+  </si>
+  <si>
+    <t>Состав: Творог 9%, манная крупа, сахар-песок, яйца куриные, изюм, масло сливочное несоленое, сухари панировочные, сметана 25%.</t>
+  </si>
+  <si>
+    <t>Суп</t>
+  </si>
+  <si>
+    <t>Суп рыбный</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Состав: Семга, пшено, картофель, лук, морковь.
+</t>
+  </si>
+  <si>
+    <t>Второе блюдо</t>
+  </si>
+  <si>
+    <t>Рыбная котлета с рисом</t>
+  </si>
+  <si>
+    <t>114,7</t>
+  </si>
+  <si>
+    <t>6,1</t>
+  </si>
+  <si>
+    <t>2,7</t>
+  </si>
+  <si>
+    <t>Состав: Хлеб пшеничный, лук репчатый, яйцо куриное, треска,  картофель, рис, соль.</t>
+  </si>
+  <si>
+    <t>Салат</t>
+  </si>
+  <si>
+    <t>Салат Винегрет</t>
+  </si>
+  <si>
+    <t>Состав: Свекла, картофель, морковь, соленые огурцы, зеленый горошек.</t>
+  </si>
+  <si>
+    <t>Полдник</t>
+  </si>
+  <si>
+    <t>Манник</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Состав: Манная крупа, сметана, мука, сливочное масло, яйцо, соль. </t>
+  </si>
+  <si>
+    <t>Ужин</t>
+  </si>
+  <si>
+    <t>Ежики из индейки с пюре</t>
+  </si>
+  <si>
+    <t>Состав: Фарш из индейки, мука пшеничная, сметана, рис, томатная паста, лук, картофель, молоко, масло, соль.</t>
+  </si>
+  <si>
+    <t>Пятница</t>
+  </si>
+  <si>
+    <t>20-03-2026</t>
+  </si>
+  <si>
+    <t>Каша пшенная</t>
+  </si>
+  <si>
+    <t>Состав: Молоко коровье пастеризованное, пшено, сахар.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Суп с фигурными макаронами </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 0.3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Состав: Макаронные изделия, морковь, лук, сливочное масло, куриный бульон, соль.
+</t>
+  </si>
+  <si>
+    <t>Биточки из индейки с макаронами</t>
+  </si>
+  <si>
+    <t>Состав: Филе индейки, лук, морковь, яйцо, масло растительное, соль, макаронные изделия.</t>
+  </si>
+  <si>
+    <t>Помидоры с зеленым луком</t>
+  </si>
+  <si>
+    <t>Состав: Помидоры, лук зеленый масло подсолнечное, соль.</t>
+  </si>
+  <si>
+    <t>Сырники</t>
+  </si>
+  <si>
+    <t>Состав: Творог, яйца, сахар, пшеничная мука, ванилин, растительное масло.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <sz val="10"/>
+      <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:@1"/>
+  <dimension ref="A1:G19"/>
   <cols>
-</cols>
+    <col min="1" max="1" width="15" customWidth="1"/>
+    <col min="2" max="2" width="15" customWidth="1"/>
+    <col min="3" max="3" width="15" customWidth="1"/>
+    <col min="4" max="4" width="15" customWidth="1"/>
+    <col min="5" max="5" width="15" customWidth="1"/>
+    <col min="6" max="6" width="15" customWidth="1"/>
+    <col min="7" max="7" width="60" customWidth="1"/>
+  </cols>
   <sheetData>
     <row r="1"/>
+    <row r="2">
+      <c r="A2" t="s" s="2">
+        <v>0</v>
+      </c>
+      <c r="B2" t="s" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="2">
+        <v>2</v>
+      </c>
+      <c r="B3" t="s" s="2">
+        <v>3</v>
+      </c>
+      <c r="C3" t="s" s="2">
+        <v>4</v>
+      </c>
+      <c r="D3" t="s" s="2">
+        <v>5</v>
+      </c>
+      <c r="E3" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="F3" t="s" s="2">
+        <v>7</v>
+      </c>
+      <c r="G3" t="s" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="4">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="C4" s="6">
+        <v>205</v>
+      </c>
+      <c r="D4" t="s" s="6">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s" s="6">
+        <v>12</v>
+      </c>
+      <c r="F4" s="6">
+        <v>19</v>
+      </c>
+      <c r="G4" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="B5" t="s" s="5">
+        <v>15</v>
+      </c>
+      <c r="C5" s="8">
+        <v>31.7</v>
+      </c>
+      <c r="D5" s="8">
+        <v>3.3</v>
+      </c>
+      <c r="E5" s="8">
+        <v>0.9</v>
+      </c>
+      <c r="F5" s="8">
+        <v>2.9</v>
+      </c>
+      <c r="G5" t="s" s="7">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s" s="4">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s" s="5">
+        <v>18</v>
+      </c>
+      <c r="C6" t="s" s="9">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s" s="9">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s" s="9">
+        <v>21</v>
+      </c>
+      <c r="F6" s="6">
+        <v>16</v>
+      </c>
+      <c r="G6" t="s" s="7">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s" s="5">
+        <v>24</v>
+      </c>
+      <c r="C7" s="8">
+        <v>82.9</v>
+      </c>
+      <c r="D7" s="8">
+        <v>1.7</v>
+      </c>
+      <c r="E7" s="8">
+        <v>4.7</v>
+      </c>
+      <c r="F7" s="8">
+        <v>8.5</v>
+      </c>
+      <c r="G7" t="s" s="7">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s" s="4">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s" s="5">
+        <v>27</v>
+      </c>
+      <c r="C8" s="8">
+        <v>218.1</v>
+      </c>
+      <c r="D8" s="8">
+        <v>6.2</v>
+      </c>
+      <c r="E8" s="8">
+        <v>2.4</v>
+      </c>
+      <c r="F8" s="8">
+        <v>45.9</v>
+      </c>
+      <c r="G8" t="s" s="7">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s" s="5">
+        <v>30</v>
+      </c>
+      <c r="C9" s="6">
+        <v>186</v>
+      </c>
+      <c r="D9" s="8">
+        <v>8.2</v>
+      </c>
+      <c r="E9" s="8">
+        <v>7.1</v>
+      </c>
+      <c r="F9" s="8">
+        <v>20.7</v>
+      </c>
+      <c r="G9" t="s" s="7">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10"/>
+    <row r="11">
+      <c r="A11" t="s" s="2">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s" s="3">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s" s="2">
+        <v>2</v>
+      </c>
+      <c r="B12" t="s" s="2">
+        <v>3</v>
+      </c>
+      <c r="C12" t="s" s="2">
+        <v>4</v>
+      </c>
+      <c r="D12" t="s" s="2">
+        <v>5</v>
+      </c>
+      <c r="E12" t="s" s="2">
+        <v>6</v>
+      </c>
+      <c r="F12" t="s" s="2">
+        <v>7</v>
+      </c>
+      <c r="G12" t="s" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" t="s" s="5">
+        <v>34</v>
+      </c>
+      <c r="C13" s="6">
+        <v>109</v>
+      </c>
+      <c r="D13" s="8">
+        <v>2.8</v>
+      </c>
+      <c r="E13" s="8">
+        <v>3.4</v>
+      </c>
+      <c r="F13" s="8">
+        <v>16.8</v>
+      </c>
+      <c r="G13" t="s" s="7">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s" s="4">
+        <v>14</v>
+      </c>
+      <c r="B14" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="C14" s="8">
+        <v>17.7</v>
+      </c>
+      <c r="D14" t="s" s="6">
+        <v>37</v>
+      </c>
+      <c r="E14" s="8">
+        <v>0.8</v>
+      </c>
+      <c r="F14" s="8">
+        <v>2.3</v>
+      </c>
+      <c r="G14" t="s" s="7">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s" s="4">
+        <v>17</v>
+      </c>
+      <c r="B15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="C15" s="6">
+        <v>145</v>
+      </c>
+      <c r="D15" s="8">
+        <v>8.5</v>
+      </c>
+      <c r="E15" s="8">
+        <v>5.9</v>
+      </c>
+      <c r="F15" s="8">
+        <v>13.7</v>
+      </c>
+      <c r="G15" t="s" s="7">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s" s="4">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="C16" s="8">
+        <v>28.8</v>
+      </c>
+      <c r="D16" s="8">
+        <v>1.2</v>
+      </c>
+      <c r="E16" s="6">
+        <v>1</v>
+      </c>
+      <c r="F16" s="6">
+        <v>4</v>
+      </c>
+      <c r="G16" t="s" s="7">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s" s="4">
+        <v>26</v>
+      </c>
+      <c r="B17" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="C17" s="6">
+        <v>219</v>
+      </c>
+      <c r="D17" s="6">
+        <v>14</v>
+      </c>
+      <c r="E17" s="6">
+        <v>11</v>
+      </c>
+      <c r="F17" s="6">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s" s="7">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s" s="4">
+        <v>29</v>
+      </c>
+      <c r="B18" t="s" s="5">
+        <v>45</v>
+      </c>
+      <c r="C18" t="s" s="6">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s" s="6">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s" s="6">
+        <v>45</v>
+      </c>
+      <c r="F18" t="s" s="6">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s" s="7">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19"/>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title>Для Садов</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>